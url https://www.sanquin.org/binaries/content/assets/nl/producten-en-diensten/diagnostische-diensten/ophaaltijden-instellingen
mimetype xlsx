--- v0 (2025-10-09)
+++ v1 (2025-12-07)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://sanquin-my.sharepoint.com/personal/jw_smeenk_sanquin_nl/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="14_{93D5983C-2DB9-48E1-AFE2-4E236244BE7F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{10E34880-D16B-4816-A648-215FDB55B6E0}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="13_ncr:1_{A4D06BFC-3FB2-4AE2-AC75-1CFD28A5F1A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{58E801EF-E5C2-4FC3-97E4-06539C4D338C}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="website" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">website!$A$5:$D$5</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="347" uniqueCount="247">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="348" uniqueCount="248">
   <si>
     <t>KCL</t>
   </si>
   <si>
     <t>Sneek</t>
   </si>
   <si>
     <t>Antonius Ziekenhuis</t>
   </si>
   <si>
     <t>Leeuwarden</t>
   </si>
   <si>
     <t>Drachten</t>
   </si>
   <si>
     <t>Groningen</t>
   </si>
   <si>
     <t>UMCG</t>
   </si>
   <si>
     <t>Heerenveen</t>
   </si>
   <si>
@@ -765,51 +765,54 @@
   <si>
     <t>Unilabs Diagnostics B.V.</t>
   </si>
   <si>
     <t>15:30 - 16:30</t>
   </si>
   <si>
     <t>Elst</t>
   </si>
   <si>
     <t>Dicoon lab MMI</t>
   </si>
   <si>
     <t xml:space="preserve">15:30  -17:30 </t>
   </si>
   <si>
     <t>Alrijne ziekenhuis (Eurofins)</t>
   </si>
   <si>
     <t>Salux Healthcare B.V. (Eurofins)</t>
   </si>
   <si>
     <t>Gelre Ziekenhuizen (Eurofins)</t>
   </si>
   <si>
-    <t>Versie 45   29 sept 2025</t>
+    <t>VERVALT per 3 november 2025</t>
+  </si>
+  <si>
+    <t>Versie 46 3 november 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9.5"/>
       <color theme="1"/>
       <name val="Univers"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9.5"/>
       <color rgb="FF000000"/>
       <name val="Univers"/>
       <family val="2"/>
@@ -889,60 +892,66 @@
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9.5"/>
       <color theme="1"/>
       <name val="Univers"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9.5"/>
       <color rgb="FF000000"/>
       <name val="Univers"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -969,51 +978,51 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="37">
+  <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="22" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="22" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="22" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -1056,50 +1065,54 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="20" fontId="1" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF99CC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -1357,72 +1370,72 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:P128"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection sqref="A1:D1"/>
+      <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="47.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="19.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="43.140625" style="11" customWidth="1"/>
     <col min="6" max="6" width="30.5703125" style="11" customWidth="1"/>
     <col min="7" max="7" width="25.42578125" style="11" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="36" t="s">
+      <c r="A1" s="38" t="s">
         <v>144</v>
       </c>
-      <c r="B1" s="36"/>
-[...1 lines deleted...]
-      <c r="D1" s="36"/>
+      <c r="B1" s="38"/>
+      <c r="C1" s="38"/>
+      <c r="D1" s="38"/>
     </row>
     <row r="2" spans="1:16" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="28"/>
       <c r="B2" s="28"/>
       <c r="C2" s="28"/>
       <c r="D2" s="28"/>
     </row>
     <row r="3" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="30" t="s">
         <v>216</v>
       </c>
       <c r="B3" s="31"/>
       <c r="C3" s="31"/>
       <c r="D3" s="31"/>
       <c r="E3" s="9"/>
     </row>
     <row r="4" spans="1:16" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A4" s="30" t="s">
         <v>217</v>
       </c>
       <c r="B4" s="31"/>
       <c r="C4" s="31"/>
       <c r="D4" s="31"/>
       <c r="F4" s="12"/>
     </row>
@@ -2286,63 +2299,65 @@
         <v>231</v>
       </c>
       <c r="B39" s="21" t="s">
         <v>175</v>
       </c>
       <c r="C39" s="22" t="s">
         <v>196</v>
       </c>
       <c r="D39" s="21" t="s">
         <v>195</v>
       </c>
       <c r="E39" s="8"/>
       <c r="F39" s="4"/>
       <c r="G39" s="7"/>
       <c r="H39" s="5"/>
       <c r="I39" s="5"/>
       <c r="J39" s="5"/>
       <c r="K39" s="5"/>
       <c r="L39" s="5"/>
       <c r="M39" s="5"/>
       <c r="N39" s="5"/>
       <c r="O39" s="5"/>
       <c r="P39" s="5"/>
     </row>
     <row r="40" spans="1:16" ht="15" x14ac:dyDescent="0.2">
-      <c r="A40" s="22" t="s">
+      <c r="A40" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="B40" s="22" t="s">
+      <c r="B40" s="36" t="s">
         <v>150</v>
       </c>
-      <c r="C40" s="18" t="s">
+      <c r="C40" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="D40" s="22" t="s">
+      <c r="D40" s="36" t="s">
         <v>204</v>
       </c>
-      <c r="E40" s="8"/>
+      <c r="E40" s="8" t="s">
+        <v>246</v>
+      </c>
       <c r="F40" s="4"/>
       <c r="G40" s="7"/>
       <c r="H40" s="5"/>
       <c r="I40" s="5"/>
       <c r="J40" s="5"/>
       <c r="K40" s="5"/>
       <c r="L40" s="5"/>
       <c r="M40" s="5"/>
       <c r="N40" s="5"/>
       <c r="O40" s="5"/>
       <c r="P40" s="5"/>
     </row>
     <row r="41" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A41" s="22" t="s">
         <v>11</v>
       </c>
       <c r="B41" s="22" t="s">
         <v>151</v>
       </c>
       <c r="C41" s="18" t="s">
         <v>83</v>
       </c>
       <c r="D41" s="22" t="s">
         <v>200</v>
       </c>
@@ -3682,51 +3697,51 @@
       <c r="H94" s="5"/>
       <c r="I94" s="5"/>
       <c r="J94" s="5"/>
       <c r="K94" s="5"/>
       <c r="L94" s="5"/>
       <c r="M94" s="5"/>
       <c r="N94" s="5"/>
       <c r="O94" s="5"/>
       <c r="P94" s="5"/>
     </row>
     <row r="95" spans="1:16" x14ac:dyDescent="0.2">
       <c r="F95" s="7"/>
       <c r="G95" s="7"/>
       <c r="H95" s="5"/>
       <c r="I95" s="5"/>
       <c r="J95" s="5"/>
       <c r="K95" s="5"/>
       <c r="L95" s="5"/>
       <c r="M95" s="5"/>
       <c r="N95" s="5"/>
       <c r="O95" s="5"/>
       <c r="P95" s="5"/>
     </row>
     <row r="96" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A96" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F96" s="7"/>
       <c r="G96" s="7"/>
       <c r="H96" s="5"/>
       <c r="I96" s="5"/>
       <c r="J96" s="5"/>
       <c r="K96" s="5"/>
       <c r="L96" s="5"/>
       <c r="M96" s="5"/>
       <c r="N96" s="5"/>
       <c r="O96" s="5"/>
       <c r="P96" s="5"/>
     </row>
     <row r="97" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A97" s="3"/>
       <c r="F97" s="7"/>
       <c r="G97" s="7"/>
       <c r="H97" s="5"/>
       <c r="I97" s="5"/>
       <c r="J97" s="5"/>
       <c r="K97" s="5"/>
       <c r="L97" s="5"/>
       <c r="M97" s="5"/>
       <c r="N97" s="5"/>
       <c r="O97" s="5"/>